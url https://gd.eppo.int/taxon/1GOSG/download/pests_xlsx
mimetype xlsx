--- v0 (2025-10-28)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1GOSG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>COSPFL</t>
   </si>
   <si>
     <t>Anomis flava</t>
   </si>
   <si>
     <t>ANTHVE</t>
   </si>
   <si>
@@ -170,56 +170,50 @@
     <t>DYSDPE</t>
   </si>
   <si>
     <t>Dysdercus peruvianus</t>
   </si>
   <si>
     <t>Dysdercus peruvianus (as Malvaceae)</t>
   </si>
   <si>
     <t>EARIBI</t>
   </si>
   <si>
     <t>Earias biplaga (as Malvaceae)</t>
   </si>
   <si>
     <t>EARIIN</t>
   </si>
   <si>
     <t>Earias insulana</t>
   </si>
   <si>
     <t>EARIVI</t>
   </si>
   <si>
     <t>Earias vittella</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis</t>
   </si>
   <si>
     <t>EUTIGO</t>
   </si>
   <si>
     <t>Eutinobothrus gossypii</t>
   </si>
   <si>
     <t>GARGTO</t>
   </si>
   <si>
     <t>Gargaphia torresi</t>
   </si>
   <si>
     <t>* Pinheiro RA, Cabral MJ, Aguilar VT, Freitas LS, Santos SV, Giordani SC, Souza PG, Santos JB, Zanuncio JC, Soares MA (2025) Phaseolus lunatus L., the new host of Gargaphia torresi Lima, 1922 (Hemiptera: Tingidae) in Brazil. Brazilian Journal of Biology 85, e289664. https://doi.org/10.1590/1519-6984.289664</t>
   </si>
   <si>
     <t>HORCNO</t>
   </si>
   <si>
     <t>Horcias nobilellus</t>
   </si>
   <si>
     <t>TSV000</t>
   </si>
@@ -711,51 +705,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D51"/>
+  <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="417.47" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1033,385 +1027,373 @@
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>58</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27" t="s">
         <v>60</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C29" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>66</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
+        <v>65</v>
+      </c>
+      <c r="C30" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" t="s">
         <v>72</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35" t="s">
         <v>75</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36" t="s">
         <v>77</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D38" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C39" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D39" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C40" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>88</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41" t="s">
         <v>90</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>4</v>
       </c>
       <c r="B42" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C42" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>93</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>4</v>
       </c>
       <c r="B43" t="s">
         <v>94</v>
       </c>
       <c r="C43" t="s">
         <v>95</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>4</v>
       </c>
       <c r="B44" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C44" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>98</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
         <v>99</v>
       </c>
       <c r="C45" t="s">
         <v>100</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>4</v>
+        <v>101</v>
       </c>
       <c r="B46" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C46" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>103</v>
+      </c>
+      <c r="D46" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B47" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C47" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D47" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B48" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="C48" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D48" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B49" t="s">
-        <v>39</v>
+        <v>111</v>
       </c>
       <c r="C49" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>112</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B50" t="s">
+        <v>111</v>
+      </c>
+      <c r="C50" t="s">
         <v>113</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50"/>
-    </row>
-[...10 lines deleted...]
-      <c r="D51"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>