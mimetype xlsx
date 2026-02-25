--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1GOSG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>COSPFL</t>
   </si>
   <si>
     <t>Anomis flava</t>
   </si>
   <si>
     <t>ANTHVE</t>
   </si>
   <si>
@@ -242,50 +242,60 @@
     <t>Oxycarenus hyalinipennis (as Malvaceae)</t>
   </si>
   <si>
     <t>PECTGO</t>
   </si>
   <si>
     <t>Pectinophora gossypiella</t>
   </si>
   <si>
     <t>Pectinophora gossypiella (as Malvaceae)</t>
   </si>
   <si>
     <t>PLAYSC</t>
   </si>
   <si>
     <t>Pectinophora scutigera</t>
   </si>
   <si>
     <t>Pectinophora scutigera (as Malvaceae)</t>
   </si>
   <si>
     <t>PLAYSU</t>
   </si>
   <si>
     <t>Platyedra subcinerea</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis</t>
   </si>
   <si>
     <t>* Faske TR, Kandel Y, Allen TW, Grabau ZJ, Hu J, Kemerait RC, Lawrence GW, Lawrence KS, Mehl HL, Overstreet C, Thiessen LD (2022) Meta-Analysis of the Field Efficacy of Seed-and Soil-Applied Nematicides on Meloidogyne incognita and Rotylenchulus reniformis Across the US Cotton Belt. Plant Disease 106(8), 2228-2238.</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Mound LA, Palmer JM (1981) Identification, distribution and host-plants of the pest species of Scirtothrips (Thysanoptera: Thripidae). Bulletin of Entomological Research 71, 467-479.</t>
   </si>
@@ -705,51 +715,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="417.47" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1165,235 +1175,249 @@
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35" t="s">
         <v>75</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36" t="s">
         <v>77</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>80</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38" t="s">
         <v>82</v>
       </c>
       <c r="D38" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40" t="s">
         <v>88</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C41" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>91</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>4</v>
       </c>
       <c r="B42" t="s">
         <v>92</v>
       </c>
       <c r="C42" t="s">
         <v>93</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>4</v>
       </c>
       <c r="B43" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C43" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>96</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>4</v>
       </c>
       <c r="B44" t="s">
         <v>97</v>
       </c>
       <c r="C44" t="s">
         <v>98</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C45" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>101</v>
+        <v>4</v>
       </c>
       <c r="B46" t="s">
         <v>102</v>
       </c>
       <c r="C46" t="s">
         <v>103</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B47" t="s">
         <v>105</v>
       </c>
       <c r="C47" t="s">
         <v>106</v>
       </c>
       <c r="D47" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>104</v>
+      </c>
+      <c r="B48" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C48" t="s">
         <v>109</v>
       </c>
       <c r="D48" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B49" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="C49" t="s">
         <v>112</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B50" t="s">
+        <v>114</v>
+      </c>
+      <c r="C50" t="s">
+        <v>115</v>
+      </c>
+      <c r="D50"/>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
         <v>111</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50"/>
+      <c r="B51" t="s">
+        <v>114</v>
+      </c>
+      <c r="C51" t="s">
+        <v>116</v>
+      </c>
+      <c r="D51"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>