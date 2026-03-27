--- v0 (2025-10-15)
+++ v1 (2026-03-27)
@@ -12,113 +12,128 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1CHYG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Asteraceae)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Asteraceae)</t>
   </si>
   <si>
     <t>CRTZBR</t>
   </si>
   <si>
     <t>Ceratothripoides brunneus</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Asteraceae)</t>
   </si>
   <si>
     <t>LIRITR</t>
   </si>
   <si>
     <t>Liriomyza trifolii</t>
   </si>
   <si>
     <t>* Capinera JL (2001, revised 2017). Featured Creatures: American serpentine leafminer. https://entnemdept.ufl.edu/creatures/veg/leaf/a_serpentine_leafminer.htm</t>
   </si>
   <si>
     <t>Liriomyza trifolii (as Asteraceae)</t>
   </si>
   <si>
     <t>MCCTAB</t>
   </si>
   <si>
     <t>Microcephalothrips abdominalis (as Asteraceae)</t>
   </si>
   <si>
     <t>AMAZMA</t>
   </si>
   <si>
     <t>Nemorimyza maculosa</t>
   </si>
   <si>
     <t xml:space="preserve">* Eiseman CS, Lonsdale O (2018) New State and Host Records for Agromyzidae (Diptera) in the United States, with the Description of Thirty New Species. Zootaxa 4479(1), 1-156.
 ------- as Chrysanthemum sp. (cultivated species)
 * Frick KE (1959) Synopsis of the species of agromyzid leaf miners described from North America. Proceedings of the United States National Museum, 108, 347-465.
 </t>
+  </si>
+  <si>
+    <t>GBNV00</t>
+  </si>
+  <si>
+    <t>Orthotospovirus arachinecrosis</t>
+  </si>
+  <si>
+    <t>* Holkar SK, Kumar R, Yogita M, Katiyar A, Jain RK, Mandal B (2017) Diagnostic assays for two closely related tospovirus species, Watermelon bud necrosis virus and Groundnut bud necrosis virus and identification of new natural hosts. Journal of plant biochemistry and biotechnology 26(1), 43-51.</t>
   </si>
   <si>
     <t>IYSV00</t>
   </si>
   <si>
     <t>Orthotospovirus iridimaculaflavi</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>CSVD00</t>
   </si>
   <si>
     <t>Pospiviroid impedichrysanthemi</t>
   </si>
   <si>
     <t>* Gobatto D, Araújo de Oliveira L, Andrade de Siqueira Franco D, Velásquez N, Daròs J-A, Eiras M (2019) Surveys in the chrysanthemum production areas of Brazil and Colombia reveal that weeds are potential reservoirs of Chrysanthemum stunt viroid. Viruses 11, 355. doi:10.3390/v11040355
 ------- As Dendranthema.</t>
   </si>
   <si>
     <t>SPODLI</t>
@@ -481,62 +496,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="349.058" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -555,183 +570,209 @@
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>14</v>
       </c>
-      <c r="D6"/>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" t="s">
         <v>20</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>21</v>
       </c>
-      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>26</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
+        <v>29</v>
+      </c>
+      <c r="C13" t="s">
         <v>30</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" t="s">
         <v>33</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="B15" t="s">
+        <v>35</v>
+      </c>
+      <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="C15" t="s">
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
         <v>38</v>
       </c>
-      <c r="D15"/>
+      <c r="B16" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>